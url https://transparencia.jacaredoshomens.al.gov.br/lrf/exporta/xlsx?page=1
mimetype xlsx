--- v0 (2026-01-12)
+++ v1 (2026-03-01)
@@ -1749,32 +1749,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LRF - RREO</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maatwebsite</Company>
   <Manager>Maatwebsite</Manager>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Maatwebsite</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>lrf_rreo_696490f072342</dc:title>
+  <dc:title>lrf_rreo_69a3b6fc28ca7</dc:title>
   <dc:description>Default spreadsheet export</dc:description>
   <dc:subject>Spreadsheet export</dc:subject>
   <cp:keywords>maatwebsite, excel, export</cp:keywords>
   <cp:category>Excel</cp:category>
 </cp:coreProperties>
 </file>